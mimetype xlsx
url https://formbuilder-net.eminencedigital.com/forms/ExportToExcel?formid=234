--- v0 (2025-10-01)
+++ v1 (2025-12-06)
@@ -1,90 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3edef8763e14a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb4edc646161451dade83034da033b93.psmdcp" Id="R26a198266d014145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f10120b9ad4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b357277d1f5740dfb8b7af2e0508d558.psmdcp" Id="Rf2487ea454d144b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2)</x:t>
   </x:si>
   <x:si>
     <x:t>Address</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5) (6)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5) (6) (7)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5) (6) (7) (8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Click to edit (1) (2) (3) (4) (5) (6) (7) (8) (9)</x:t>
   </x:si>
   <x:si>
     <x:t>Submitted On</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
@@ -397,92 +400,95 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L1"/>
+  <x:dimension ref="A1:M1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
-    <x:row r="1" spans="1:12">
+    <x:row r="1" spans="1:13">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="0" t="s">
         <x:v>11</x:v>
+      </x:c>
+      <x:c r="M1" s="0" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Form Entries</vt:lpstr>
       <vt:lpstr>Form Entries!Print_Area</vt:lpstr>
       <vt:lpstr>Form Entries!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>