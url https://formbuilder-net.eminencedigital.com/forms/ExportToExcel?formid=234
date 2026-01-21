--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f10120b9ad4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b357277d1f5740dfb8b7af2e0508d558.psmdcp" Id="Rf2487ea454d144b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13ef230b8214bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2042473a74af47ea80e67cc333cf882b.psmdcp" Id="R2cfefedae5b848df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>