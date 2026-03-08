--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13ef230b8214bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2042473a74af47ea80e67cc333cf882b.psmdcp" Id="R2cfefedae5b848df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d55e0ea14e49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0280ba1f0e904553b2eb87a1457b4862.psmdcp" Id="R11b711c70b56490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>