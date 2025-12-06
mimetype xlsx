--- v0 (2025-10-01)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d268ec42c8b4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aba33904c2049109a7e3699bf670327.psmdcp" Id="R3b15aeee9d59495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb9f0ef6b714a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa53505381f348878146fec436cb69d8.psmdcp" Id="R2af4a4a142a04587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>