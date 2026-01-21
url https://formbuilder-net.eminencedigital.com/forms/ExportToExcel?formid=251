--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb9f0ef6b714a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa53505381f348878146fec436cb69d8.psmdcp" Id="R2af4a4a142a04587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe25de1e4f6345c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d60727da3dc34304a6db39dc0f06fa7e.psmdcp" Id="Rbe4d48d0bbb74e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>