--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe25de1e4f6345c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d60727da3dc34304a6db39dc0f06fa7e.psmdcp" Id="Rbe4d48d0bbb74e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2742f4b151604b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35eb03f1189d449b8472a3801a6eb04a.psmdcp" Id="Rc01e26850afa4d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>