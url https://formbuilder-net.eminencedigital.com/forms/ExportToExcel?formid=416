--- v0 (2025-10-01)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01228615b3b84a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86951df5a581429da61679f8073229aa.psmdcp" Id="R550e0f30907945d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aec796d12654b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3a06bd6b2c47b6a4daebd7faf9016d.psmdcp" Id="Re4169f0a21bf4913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>