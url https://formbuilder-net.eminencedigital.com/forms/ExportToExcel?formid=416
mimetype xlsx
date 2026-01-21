--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aec796d12654b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3a06bd6b2c47b6a4daebd7faf9016d.psmdcp" Id="Re4169f0a21bf4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaafcb8be1694661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3bde52ccef346f6b00adac1bfcee15a.psmdcp" Id="R3093c2edea734cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>