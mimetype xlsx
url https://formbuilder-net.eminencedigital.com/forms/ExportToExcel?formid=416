--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaafcb8be1694661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3bde52ccef346f6b00adac1bfcee15a.psmdcp" Id="R3093c2edea734cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b486246243344bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/062929c4acc74b03b243e80287240091.psmdcp" Id="R6fd435f451e446bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>