--- v0 (2025-10-01)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc523bc49949c4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a8972432ea24621923560f113b57c8f.psmdcp" Id="R4053bd11fa3a4264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07d227f3c14e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd7ac49dc39145bd8376bab3055efe24.psmdcp" Id="R12a7b4cd37b94fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>