--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07d227f3c14e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd7ac49dc39145bd8376bab3055efe24.psmdcp" Id="R12a7b4cd37b94fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34152cb13c3e4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b643469a82ae45ffb0c1370b3b710bfb.psmdcp" Id="Rc6fbfdee3e9f4af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>