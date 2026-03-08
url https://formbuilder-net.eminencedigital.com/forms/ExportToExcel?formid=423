--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34152cb13c3e4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b643469a82ae45ffb0c1370b3b710bfb.psmdcp" Id="Rc6fbfdee3e9f4af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1497d24d1b34e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bac390a55a243d4905a26bed16ffc31.psmdcp" Id="R68a6f49f12374f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>