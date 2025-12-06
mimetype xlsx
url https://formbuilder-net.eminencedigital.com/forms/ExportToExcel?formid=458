--- v0 (2025-10-02)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db838fec644a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e0803539c444bd38a909e6d0ef8964c.psmdcp" Id="R30600a8de4d04a87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb7f4b03a1b54ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dace31719889423692a83a42933abc16.psmdcp" Id="R10302b1c21d9442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>
@@ -68,50 +68,56 @@
     <x:t>Click to edit (1) (2)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5) (6)</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1) (2) (3) (4) (5) (6) (7)</x:t>
   </x:si>
   <x:si>
     <x:t>Submitted On</x:t>
   </x:si>
   <x:si>
     <x:t>option1</x:t>
   </x:si>
   <x:si>
     <x:t>--</x:t>
+  </x:si>
+  <x:si>
+    <x:t>, ,  DZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>option2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -421,51 +427,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:R2"/>
+  <x:dimension ref="A1:R4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:18">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -489,50 +495,72 @@
       <x:c r="M1" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N1" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O1" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P1" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="Q1" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:18">
       <x:c r="E2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:18">
+      <x:c r="E3" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="O3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:18">
+      <x:c r="E4" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="O4" s="0" t="s">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Form Entries</vt:lpstr>
       <vt:lpstr>Form Entries!Print_Area</vt:lpstr>
       <vt:lpstr>Form Entries!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>