--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb7f4b03a1b54ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dace31719889423692a83a42933abc16.psmdcp" Id="R10302b1c21d9442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf5065dac7f48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb5d4626b93c4718b9be6cc037368d98.psmdcp" Id="R0f82db5459154600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>