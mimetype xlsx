--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf5065dac7f48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb5d4626b93c4718b9be6cc037368d98.psmdcp" Id="R0f82db5459154600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e25893e3b29482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/376f83e121244da0950d31a3218f5927.psmdcp" Id="Rb68d6d07e13343b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Form Entries" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Click to edit</x:t>
   </x:si>
   <x:si>
     <x:t>Click to edit (1)</x:t>
   </x:si>
   <x:si>